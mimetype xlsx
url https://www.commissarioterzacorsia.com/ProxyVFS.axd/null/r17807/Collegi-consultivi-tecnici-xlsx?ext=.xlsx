--- v0 (2025-12-30)
+++ v1 (2026-02-21)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20383"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U06111\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U02804\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B1FF27CD-5A52-4CAA-8073-3C2957404B74}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A4DF8518-2E9A-42E1-901B-72B5F6A2CB82}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="14025" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="23040" windowHeight="8940" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="cct.COMM" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'cct.COMM'!$A$5:$I$5</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="42">
   <si>
     <r>
       <t xml:space="preserve">COLLEGI CONSULTIVI TECNICI - COMPONENTI DI PARTE
 </t>
     </r>
     <r>
       <rPr>
@@ -108,53 +108,50 @@
   <si>
     <t>Prot. SAAA Atti/26 del 16/07/2021</t>
   </si>
   <si>
     <t>compenso presunto al netto di IVA e comprensivo di C.P.A.</t>
   </si>
   <si>
     <t>24/06/2024</t>
   </si>
   <si>
     <t>U/3571</t>
   </si>
   <si>
     <t>Prot. E/3260 del 10/06/2024</t>
   </si>
   <si>
     <t>Prof. Avv. Francesco Follieri</t>
   </si>
   <si>
     <t>Ampliamento della A4 con la terza corsia - II Lotto: Tratto San Donà di Piave - Svincolo di Alvisopoli. Sub-lotto 2: Cavalcavia op. 1.111, op. 1.121, op. 1.125, op. 1.132, op. 1.136, op. 1.143. Sub-lotto 3: Cavalcavia op. 2.005, 2.013, 2.017, 2.030.</t>
   </si>
   <si>
     <t>115/2C-3C</t>
   </si>
   <si>
-    <t>aggiornato al 30/04/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Atti/102     Atti/363 Atti/1410 Atti/1113
 U/5865</t>
   </si>
   <si>
     <t>25/01/2021 22/03/2021 05/10/2022 21/11/2024
 28/11/2024</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>Ing. Massimiliano Liberale</t>
   </si>
   <si>
     <t>U/1736</t>
   </si>
   <si>
     <t>14/04/2025</t>
   </si>
   <si>
     <t>I31B07000200005</t>
   </si>
@@ -176,50 +173,53 @@
   <si>
     <t>Piano per la sicurezza autostradale – Realizzazione di due aree di sosta per mezzi pesanti – Aree di sosta Fratta Nord e Fratta Sud</t>
   </si>
   <si>
     <t>Prot. E/1166 del 21/03/2025</t>
   </si>
   <si>
     <t>Prot. E/1471 del 04/04/2025</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">IMPORTO MASSIMO PRESUNTO INCARICO
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>(soggetto a variazioni a seconda dell'effettiva attività svolta e dell'importo del contratto)</t>
     </r>
   </si>
   <si>
     <t>\</t>
+  </si>
+  <si>
+    <t>aggiornato al 18/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00\ _€_-;\-* #,##0.00\ _€_-;_-* &quot;-&quot;??\ _€_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Calibri"/>
@@ -746,273 +746,273 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="I15" sqref="I15"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.5703125" customWidth="1"/>
-    <col min="2" max="2" width="39.28515625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="11.5546875" customWidth="1"/>
+    <col min="2" max="2" width="39.33203125" style="1" customWidth="1"/>
     <col min="3" max="3" width="18" style="1" customWidth="1"/>
-    <col min="4" max="4" width="27.85546875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="19.85546875" customWidth="1"/>
+    <col min="4" max="4" width="27.88671875" customWidth="1"/>
+    <col min="5" max="5" width="20.5546875" customWidth="1"/>
+    <col min="6" max="6" width="15.109375" customWidth="1"/>
+    <col min="7" max="7" width="14.6640625" customWidth="1"/>
+    <col min="8" max="8" width="26.88671875" customWidth="1"/>
+    <col min="9" max="9" width="19.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="51" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="1" spans="1:9" ht="51" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A1" s="10" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="11"/>
       <c r="E1" s="11"/>
       <c r="F1" s="11"/>
       <c r="G1" s="11"/>
       <c r="H1" s="11"/>
       <c r="I1" s="11"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2" s="12" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="B2" s="12"/>
     </row>
-    <row r="3" spans="1:9" ht="15" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:9" ht="14.4" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="3">
         <v>2</v>
       </c>
       <c r="C3" s="3">
         <v>3</v>
       </c>
       <c r="D3" s="3">
         <v>5</v>
       </c>
       <c r="E3" s="3">
         <v>6</v>
       </c>
       <c r="F3" s="3">
         <v>7</v>
       </c>
       <c r="G3" s="3">
         <v>8</v>
       </c>
       <c r="H3" s="3">
         <v>9</v>
       </c>
       <c r="I3" s="3">
         <v>10</v>
       </c>
     </row>
-    <row r="4" spans="1:9" ht="69" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:9" ht="69" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="13" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="15" t="s">
         <v>3</v>
       </c>
       <c r="C4" s="15" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="15" t="s">
         <v>5</v>
       </c>
       <c r="E4" s="15" t="s">
         <v>6</v>
       </c>
       <c r="F4" s="17" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="18"/>
       <c r="H4" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I4" s="15" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="14"/>
       <c r="B5" s="16"/>
       <c r="C5" s="16"/>
       <c r="D5" s="16"/>
       <c r="E5" s="16"/>
       <c r="F5" s="3" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="3" t="s">
         <v>10</v>
       </c>
       <c r="H5" s="16"/>
       <c r="I5" s="16"/>
     </row>
-    <row r="6" spans="1:9" ht="105" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:9" ht="86.4" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="7" t="s">
         <v>15</v>
       </c>
       <c r="F6" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="G6" s="4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="H6" s="8">
         <v>158011.76</v>
       </c>
       <c r="I6" s="4" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="90" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:9" ht="86.4" x14ac:dyDescent="0.25">
       <c r="A7" s="7" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C7" s="9" t="s">
         <v>13</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>20</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>19</v>
       </c>
       <c r="F7" s="4" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="4" t="s">
         <v>17</v>
       </c>
       <c r="H7" s="8">
         <v>129223.03999999999</v>
       </c>
       <c r="I7" s="4" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="30" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:9" ht="28.8" x14ac:dyDescent="0.25">
       <c r="A8" s="7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D8" s="5" t="s">
+      <c r="E8" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="E8" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F8" s="4" t="s">
+      <c r="G8" s="4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="H8" s="8">
         <v>40136.230000000003</v>
       </c>
       <c r="I8" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="9" spans="1:9" ht="60" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:9" ht="57.6" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B9" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="C9" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D9" s="5" t="s">
+      <c r="F9" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="E9" s="7" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="4" t="s">
+      <c r="G9" s="4" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="H9" s="8">
         <v>66546.7</v>
       </c>
       <c r="I9" s="4" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
       <c r="D10" s="1"/>
     </row>
   </sheetData>
   <autoFilter ref="A5:I5" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="10">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A4:A5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:I5"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="69" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>